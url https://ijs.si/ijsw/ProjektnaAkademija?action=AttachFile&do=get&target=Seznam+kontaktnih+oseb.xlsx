--- v0 (2025-12-08)
+++ v1 (2026-03-23)
@@ -1,3877 +1,3838 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="fntdata" ContentType="application/x-fontdata"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/>
+</Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-[...7 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{0E59FD11-C360-4A6E-8304-E3789A104669}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2">
+  <fileVersion appName="Calc"/>
+  <workbookPr backupFile="false" showObjects="all" dateCompatibility="false"/>
+  <workbookProtection/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="6200" windowHeight="6010" xr2:uid="{53C9DF2E-FAA1-41AC-AA0A-AE88724CE03F}"/>
+    <workbookView showHorizontalScroll="true" showVerticalScroll="true" showSheetTabs="true" xWindow="0" yWindow="0" windowWidth="16384" windowHeight="8192" tabRatio="500" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="ODSEKI" sheetId="1" r:id="rId1"/>
-[...1 lines deleted...]
-    <sheet name="U6" sheetId="3" r:id="rId3"/>
+    <sheet name="ODSEKI" sheetId="1" state="visible" r:id="rId3"/>
+    <sheet name="U4 in SPI" sheetId="2" state="visible" r:id="rId4"/>
+    <sheet name="U6" sheetId="3" state="visible" r:id="rId5"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.0001"/>
   <extLst>
-    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
-      <x15:workbookPr chartTrackingRefBase="1"/>
+    <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
+      <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="431" uniqueCount="238">
   <si>
-    <t>Ime in priimek</t>
-[...59 lines deleted...]
-    <t>01 477 3563</t>
+    <t xml:space="preserve">ODSEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ime in priimek</t>
+  </si>
+  <si>
+    <t xml:space="preserve">telefon</t>
+  </si>
+  <si>
+    <t xml:space="preserve">e-mail</t>
+  </si>
+  <si>
+    <t xml:space="preserve">vrsta projektov*</t>
+  </si>
+  <si>
+    <t xml:space="preserve">faza prijave</t>
+  </si>
+  <si>
+    <t xml:space="preserve">finančno spremljanje</t>
+  </si>
+  <si>
+    <t xml:space="preserve">finančno poročanje</t>
+  </si>
+  <si>
+    <t xml:space="preserve">revizija</t>
+  </si>
+  <si>
+    <t xml:space="preserve">drugo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">B1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Splošna administrativna podpora</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Helena Kastelic</t>
+  </si>
+  <si>
+    <t xml:space="preserve">01 477 3215</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Helena.Kastelic@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARIS, Ministrski, COST, Tržni</t>
+  </si>
+  <si>
+    <t xml:space="preserve">da</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projekti</t>
+  </si>
+  <si>
+    <t xml:space="preserve">B2, B3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Maja Šimaga</t>
+  </si>
+  <si>
+    <t xml:space="preserve">maja.orehek@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Petra Movh</t>
+  </si>
+  <si>
+    <t xml:space="preserve">01 477 3563</t>
+  </si>
+  <si>
+    <t xml:space="preserve">petra.movh@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VSI</t>
   </si>
   <si>
     <t xml:space="preserve">ne </t>
   </si>
   <si>
-    <t>Splošna administrativna podpora - PRIJAVE</t>
-[...83 lines deleted...]
-    <t>ARIS, Ministrski, EU, Interreg, tržni</t>
+    <t xml:space="preserve">E3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Splošna administrativna podpora - PRIJAVE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jasna Franko</t>
+  </si>
+  <si>
+    <t xml:space="preserve">01 477 3528</t>
+  </si>
+  <si>
+    <t xml:space="preserve">jasna.franko@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARIS, EU, ministrski, COST, tržni</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projekti - PRIJAVE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polona Škraba Stanič</t>
+  </si>
+  <si>
+    <t xml:space="preserve">01 477 3778</t>
+  </si>
+  <si>
+    <t xml:space="preserve">polona.skraba@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ne</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projekti - VSE OSTALO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mojca Kregar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">01 477 3853</t>
+  </si>
+  <si>
+    <t xml:space="preserve">mojca.kregar@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tatjana Martun</t>
+  </si>
+  <si>
+    <t xml:space="preserve">01 477 3756</t>
+  </si>
+  <si>
+    <t xml:space="preserve">tatjana@e5.ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARIS, CRP - ministrski, EU, Erasmus+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nika Simčič</t>
+  </si>
+  <si>
+    <t xml:space="preserve">01 477 3870</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nika.Simcic@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARIS, EU, Ministrski, COST, tržni</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polona Anžur</t>
+  </si>
+  <si>
+    <t xml:space="preserve">01 477 3107</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polona.Anzur@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARIS, EU, Min, COST, tržni</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jolanda Jakofčič</t>
+  </si>
+  <si>
+    <t xml:space="preserve">01 477 3582</t>
+  </si>
+  <si>
+    <t xml:space="preserve">jolanda.jakofcic@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARIS, Ministrski, EU, Interreg, tržni</t>
   </si>
   <si>
     <t xml:space="preserve">urejanje sofinanciranja projektov </t>
   </si>
   <si>
-    <t>E7</t>
-[...32 lines deleted...]
-    <t>01 477 3355,
+    <t xml:space="preserve">E8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Živa Antauer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">01 477 3175</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ziva.antauer@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARIS, EU, Ministrski, COST, tržni,….</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mili Bauer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">mili.bauer@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vesna Koricki, Lana Zemljak, Mateja Mavrič</t>
+  </si>
+  <si>
+    <t xml:space="preserve">01 477 3355,
 01 4773 968</t>
   </si>
   <si>
-    <t>01 477 3789</t>
-[...2 lines deleted...]
-    <t>01 477 3783</t>
+    <t xml:space="preserve">tajnistvoe9@ijs.si</t>
   </si>
   <si>
     <t xml:space="preserve">da </t>
   </si>
   <si>
-    <t>Miha Čekada</t>
-[...32 lines deleted...]
-    <t>F5</t>
+    <t xml:space="preserve">F1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nevenka Huschild, Alma Mehle</t>
+  </si>
+  <si>
+    <t xml:space="preserve">01 477 3783</t>
+  </si>
+  <si>
+    <t xml:space="preserve">f1tajnistvo@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARIS, EU, ministrski, COST, NOO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tjaša Lazič Mihelič</t>
+  </si>
+  <si>
+    <t xml:space="preserve">01 477 3789</t>
+  </si>
+  <si>
+    <t xml:space="preserve">tjasa.lazic@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARRS, EU, ministrski, COST, NOO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">F3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Miha Čekada</t>
+  </si>
+  <si>
+    <t xml:space="preserve">01 477 3829</t>
+  </si>
+  <si>
+    <t xml:space="preserve">miha.cekada@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARIS, tržni, EU</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARRS, tržni, EU</t>
+  </si>
+  <si>
+    <t xml:space="preserve">F5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marjetka Tršinar, 
+Vesna Lopatič</t>
   </si>
   <si>
     <t xml:space="preserve">01 4773 456, 
 01 4773 197	</t>
   </si>
   <si>
     <t xml:space="preserve">Marjeta.Trsinar@ijs.si, 
 Vesna.Lopatic@ijs.si </t>
   </si>
   <si>
-    <t>Marjetka Tršinar, 
-[...96 lines deleted...]
-    <t>031 382 791, 
+    <t xml:space="preserve">Maša Kavčič</t>
+  </si>
+  <si>
+    <t xml:space="preserve">030 721 107</t>
+  </si>
+  <si>
+    <t xml:space="preserve">masa.kavcic@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">vsi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">F6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Urška Kisovec</t>
+  </si>
+  <si>
+    <t xml:space="preserve">031 360 407</t>
+  </si>
+  <si>
+    <t xml:space="preserve">urska.kisovec@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARIS, COST, EU, ERA, tržni, Ministrski</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARRS, COST, EU, ERA, tržni, Ministrstki</t>
+  </si>
+  <si>
+    <t xml:space="preserve">F7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nataša Kutnjak</t>
+  </si>
+  <si>
+    <t xml:space="preserve">01 477 3388</t>
+  </si>
+  <si>
+    <t xml:space="preserve">natasa.kutnjak@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARIS, EU, ministrski, COST</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Barbara Paternoster</t>
+  </si>
+  <si>
+    <t xml:space="preserve">01 477 3220</t>
+  </si>
+  <si>
+    <t xml:space="preserve">barbara.paternoster@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">F8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ula Groznik</t>
+  </si>
+  <si>
+    <t xml:space="preserve">01 5885 434</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ula.groznik@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARIS, EU (HE, EUROfusion, MSCA, EURATOM), tržni (NEK, GEN, IAEA, CEA…)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saša Škof</t>
+  </si>
+  <si>
+    <t xml:space="preserve">01 5885 395</t>
+  </si>
+  <si>
+    <t xml:space="preserve">sasa.skof@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">F9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Katja Adamič</t>
+  </si>
+  <si>
+    <t xml:space="preserve">01 477 3742</t>
+  </si>
+  <si>
+    <t xml:space="preserve">katja.adamic@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">K1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tine Oblak</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+(01) 477 3503
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">tine.oblak@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARIS, EU (HE, EIT RAW MATERIALS, MSCA, tržni)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">K7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sabina Cintauer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">01 477 3890</t>
+  </si>
+  <si>
+    <t xml:space="preserve">sabina.cintauer@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sanja Fidler</t>
+  </si>
+  <si>
+    <t xml:space="preserve">01 477 3353</t>
+  </si>
+  <si>
+    <t xml:space="preserve">sanja.fidler@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">K8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tamara Matevc, Igor Zajc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">031 382 791, 
 01 477-3465</t>
   </si>
   <si>
-    <t>tamara.matevc@ijs.si, igor.zajc@ijs.si</t>
-[...20 lines deleted...]
-    <t>01 477 3752, 
+    <t xml:space="preserve">tamara.matevc@ijs.si, igor.zajc@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARIS, EU, tržni</t>
+  </si>
+  <si>
+    <t xml:space="preserve">K9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Daška Mohar, Vesna Butinar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">01 477 3752, 
 01 477 3481</t>
   </si>
   <si>
-    <t>daska.mohar@ijs.si,
+    <t xml:space="preserve">daska.mohar@ijs.si,
  vesna.butinar@ijs.si</t>
   </si>
   <si>
-    <t>K9</t>
-[...35 lines deleted...]
-    <t>Marko Beketić</t>
+    <t xml:space="preserve">ARIS, Ministrski, M-ERA.NET, ERA-MIN, COST, EU, drugi mednarodni, EDA, industrijski</t>
+  </si>
+  <si>
+    <t xml:space="preserve">komunikacija in diseminacija, mreženje</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vesna Butinar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">01 477 3481</t>
+  </si>
+  <si>
+    <t xml:space="preserve">vesna.butinar@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">O2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Karolina Trentelj</t>
+  </si>
+  <si>
+    <t xml:space="preserve">01 588 5355</t>
+  </si>
+  <si>
+    <t xml:space="preserve">karolina.trentelj@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">nabava, potni nalogi, osnovna sredstva …</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vanja Usenik</t>
+  </si>
+  <si>
+    <t xml:space="preserve">041 639 471</t>
+  </si>
+  <si>
+    <t xml:space="preserve">vanja.usenik@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EU projekti</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tina Vrabec</t>
+  </si>
+  <si>
+    <t xml:space="preserve">01 588 5457</t>
+  </si>
+  <si>
+    <t xml:space="preserve">tina.vrabec@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARIS, Ministrski, COST, tržni</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tanja Klopčič</t>
+  </si>
+  <si>
+    <t xml:space="preserve">01 5885 331</t>
+  </si>
+  <si>
+    <t xml:space="preserve">tanja.klopcic@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRS - U4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jadranka Petrovčič</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ajla Sadiković</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Emira Cajić</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tina Kadunc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uroš Novak</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Milena Ljepoja Grošelj</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marko Beketić</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nina Sadiković</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jadranka.Petrovcic@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ajla.Sadikovic@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">emira.cajic@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tina.Kadunc@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">uros.novak@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Milena.Groselj@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marko.Beketic@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nina.Sadikovic@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">01 477 37 47, 051 680 412</t>
+  </si>
+  <si>
+    <t xml:space="preserve">070 115 681</t>
+  </si>
+  <si>
+    <t xml:space="preserve">070 114 730</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(01) 477 36 27,
+070 462 216</t>
+  </si>
+  <si>
+    <t xml:space="preserve">070 466 094</t>
+  </si>
+  <si>
+    <t xml:space="preserve">070 670 102</t>
+  </si>
+  <si>
+    <t xml:space="preserve">01 477 36 42,
+041 270 602</t>
+  </si>
+  <si>
+    <t xml:space="preserve">01 477 32 29,
+040 612 421</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pogodba z ARIS za stabilno financiranje in za RD IJS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ü</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stabilno financiranje </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ISF-U</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ISF-Infrastruktura</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PSF-Programi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PSF-Mladi raziskovalci</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Raziskovalni projekti</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Temeljni, aplikativni, podoktorski, bilateralni (vodilne agencije, prilagojeni raziskovalni projekti v okviru komplementarne sheme ERC, Marie Curie - Pečat odličnosti, CEA)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pogodbe o sofinanciranju aplikativnih projektov</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRP projekti</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ESFRI - mednarodna infrastruktura</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sofinanciranje nakupa mednarodne znanstvene literature</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sofinanciranje izdajanja znanstvenih monografij</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Povračilo stroškov znanstvenih objav v odprtem dostopu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VPETOST A3 - koordinacija med skupnimi službami, odseki in ARIS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finančno poročilo ARIS - koordinacija med SPI, odseki in ARIS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Revizija ARIS  koordinacija med skupnimi službami, revizorjem,  odseki in ARIS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodaja storitev na domačem trgu in fakturiranje</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sofinanciranje nakupov raziskovalne opreme</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finančne analize</t>
   </si>
   <si>
     <t xml:space="preserve">Jože Kašman </t>
   </si>
   <si>
-    <t>Ekipa SPI</t>
-[...83 lines deleted...]
-    <t>Tina.Kadunc@ijs.si</t>
+    <t xml:space="preserve">Ekipa SPI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">joze.kasman@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">spi@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">041 662 586</t>
+  </si>
+  <si>
+    <t xml:space="preserve">interne stevilke</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stabilno financiranje načrt za ARIS - priprava</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pomoč pri uporabi  Navisiona, EDS</t>
   </si>
   <si>
     <r>
       <rPr>
-        <sz val="11"/>
-[...101 lines deleted...]
-        <b/>
+        <b val="true"/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
-      <t>Vodja:</t>
+      <t xml:space="preserve">Vodja:</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
-        <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
-    <t>Nataša Lambergar; mobi: 070 561 776; e-pošta: natasa.lambergar@ijs.si</t>
-[...145 lines deleted...]
-    <t>Helena.Kastelic@ijs.si</t>
+    <t xml:space="preserve">Marja Mali; mobi 030 317 632; e-pošta: marja.mali@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mednarodni projekti (EU)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tanja Ferleš; mobi: 030 482877; e-pošta: tanja.ferles@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Karmen Pavlovič; mobi: 070 456 074; e-pošta: karmen.pavlovic@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tadeja Česnik; mobi: 070 456 361; e-pošta: tadeja.cesnik@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mednarodni projekti (ministrstva)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mojca Rjavec Koricki; mobi: 030 482 871; e-pošta: mojca.rjavec@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jožica Repovž; mobi: 030 482 876; e-pošta: jozica.repovz@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tatjana Alič; mobi: 030 482 868; e-pošta: tatjana.alic@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodaja storitev na tujih trgih in fakturiranje ter zbiranje podatkov za različne analize</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tatjana Močnik; mobi: 031 257 433; e-pošta: tatjana.mocnik@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alja Strojan; mobi: 030 482 891; e-pošta: alja.strojan@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lucija Laura Škofic; mobi: 070 532 252; e-pošta: lucija.laura.skofic@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Organizacija izobraževanj in delavnic, podpora za ERC StG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Helena Medved Ivanuš; mobi: 070 530 672; e-pošta: helena.medved.ivanus@ijs.si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EIT program in 2. steber Obzorje Evropa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nataša Lambergar; mobi: 070 561 776; e-pošta: natasa.lambergar@ijs.si</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="12" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="General"/>
+  </numFmts>
+  <fonts count="15">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
-      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="0"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="0"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="0"/>
+    </font>
+    <font>
+      <b val="true"/>
+      <i val="true"/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <i val="true"/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <u val="single"/>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
-      <scheme val="minor"/>
-[...17 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
-      <scheme val="minor"/>
+    </font>
+    <font>
+      <b val="true"/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b val="true"/>
+      <sz val="11"/>
+      <color theme="4"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Wingdings"/>
+      <family val="0"/>
       <charset val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
-      <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-[...34 lines deleted...]
-      <b/>
+      <b val="true"/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
-      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="7" tint="0.79998168889431442"/>
-        <bgColor indexed="64"/>
+        <fgColor theme="9" tint="0.7999"/>
+        <bgColor rgb="FFFFF2CC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="9" tint="0.79998168889431442"/>
-        <bgColor indexed="64"/>
+        <fgColor theme="7" tint="0.7999"/>
+        <bgColor rgb="FFE2F0D9"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="8">
-    <border>
+    <border diagonalUp="false" diagonalDown="false">
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...11 lines deleted...]
-      </bottom>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="thin"/>
+      <right style="thin"/>
+      <top style="thin"/>
+      <bottom style="medium"/>
       <diagonal/>
     </border>
-    <border>
-[...9 lines deleted...]
-      </bottom>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="thin"/>
+      <right style="thin"/>
+      <top style="medium"/>
+      <bottom style="medium"/>
       <diagonal/>
     </border>
-    <border>
-[...6 lines deleted...]
-      <top/>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="thin"/>
+      <right style="thin"/>
+      <top style="medium"/>
+      <bottom style="thin"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="thin"/>
+      <right style="thin"/>
+      <top style="medium"/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...11 lines deleted...]
-      </bottom>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="thin"/>
+      <right style="thin"/>
+      <top style="thin"/>
+      <bottom style="thin"/>
       <diagonal/>
     </border>
-    <border>
-[...9 lines deleted...]
-      <bottom/>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="thin"/>
+      <right style="thin"/>
+      <top/>
+      <bottom style="thin"/>
       <diagonal/>
     </border>
-    <border>
-[...20 lines deleted...]
-      </right>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="thin"/>
+      <right style="thin"/>
       <top/>
-      <bottom style="medium">
-[...1 lines deleted...]
-      </bottom>
+      <bottom style="medium"/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+  <cellStyleXfs count="21">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="41" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="42" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+    </xf>
   </cellStyleXfs>
-  <cellXfs count="73">
-[...157 lines deleted...]
-      <alignment horizontal="left"/>
+  <cellXfs count="58">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="2" xfId="20" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="2" xfId="20" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="3" xfId="20" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="4" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="5" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="5" xfId="20" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="6" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="1" xfId="20" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="7" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="3" xfId="20" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="2" borderId="5" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="2" borderId="5" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="2" borderId="5" xfId="20" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="2" borderId="5" xfId="20" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="2" borderId="5" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="2" borderId="5" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="3" borderId="5" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="3" borderId="5" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="3" borderId="5" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="3" borderId="5" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="3" borderId="5" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="3" borderId="5" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="3" borderId="5" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="3" borderId="5" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="5" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="5" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="5" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="5" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="13" fillId="0" borderId="5" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
-  <cellStyles count="2">
-    <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
+  <cellStyles count="7">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Comma" xfId="15" builtinId="3"/>
+    <cellStyle name="Comma [0]" xfId="16" builtinId="6"/>
+    <cellStyle name="Currency" xfId="17" builtinId="4"/>
+    <cellStyle name="Currency [0]" xfId="18" builtinId="7"/>
+    <cellStyle name="Percent" xfId="19" builtinId="5"/>
+    <cellStyle name="*unknown*" xfId="20" builtinId="8"/>
   </cellStyles>
-  <dxfs count="0"/>
-[...8 lines deleted...]
-  </extLst>
+  <colors>
+    <indexedColors>
+      <rgbColor rgb="FF000000"/>
+      <rgbColor rgb="FFFFFFFF"/>
+      <rgbColor rgb="FFFF0000"/>
+      <rgbColor rgb="FF00FF00"/>
+      <rgbColor rgb="FF0000FF"/>
+      <rgbColor rgb="FFFFFF00"/>
+      <rgbColor rgb="FFFF00FF"/>
+      <rgbColor rgb="FF00FFFF"/>
+      <rgbColor rgb="FF800000"/>
+      <rgbColor rgb="FF008000"/>
+      <rgbColor rgb="FF000080"/>
+      <rgbColor rgb="FF808000"/>
+      <rgbColor rgb="FF800080"/>
+      <rgbColor rgb="FF008080"/>
+      <rgbColor rgb="FFC0C0C0"/>
+      <rgbColor rgb="FF808080"/>
+      <rgbColor rgb="FF5B9BD5"/>
+      <rgbColor rgb="FF993366"/>
+      <rgbColor rgb="FFFFF2CC"/>
+      <rgbColor rgb="FFCCFFFF"/>
+      <rgbColor rgb="FF660066"/>
+      <rgbColor rgb="FFFF8080"/>
+      <rgbColor rgb="FF0563C1"/>
+      <rgbColor rgb="FFCCCCFF"/>
+      <rgbColor rgb="FF000080"/>
+      <rgbColor rgb="FFFF00FF"/>
+      <rgbColor rgb="FFFFFF00"/>
+      <rgbColor rgb="FF00FFFF"/>
+      <rgbColor rgb="FF800080"/>
+      <rgbColor rgb="FF800000"/>
+      <rgbColor rgb="FF008080"/>
+      <rgbColor rgb="FF0000FF"/>
+      <rgbColor rgb="FF00CCFF"/>
+      <rgbColor rgb="FFCCFFFF"/>
+      <rgbColor rgb="FFE2F0D9"/>
+      <rgbColor rgb="FFFFFF99"/>
+      <rgbColor rgb="FF99CCFF"/>
+      <rgbColor rgb="FFFF99CC"/>
+      <rgbColor rgb="FFCC99FF"/>
+      <rgbColor rgb="FFFFCC99"/>
+      <rgbColor rgb="FF4472C4"/>
+      <rgbColor rgb="FF33CCCC"/>
+      <rgbColor rgb="FF99CC00"/>
+      <rgbColor rgb="FFFFC000"/>
+      <rgbColor rgb="FFFF9900"/>
+      <rgbColor rgb="FFFF6600"/>
+      <rgbColor rgb="FF666699"/>
+      <rgbColor rgb="FF70AD47"/>
+      <rgbColor rgb="FF003366"/>
+      <rgbColor rgb="FF339966"/>
+      <rgbColor rgb="FF003300"/>
+      <rgbColor rgb="FF333300"/>
+      <rgbColor rgb="FF993300"/>
+      <rgbColor rgb="FF993366"/>
+      <rgbColor rgb="FF333399"/>
+      <rgbColor rgb="FF333333"/>
+    </indexedColors>
+  </colors>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
+</Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="ffffff"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="44546a"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="e7e6e6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4472c4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="ed7d31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="a5a5a5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="ffc000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="5b9bd5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="70ad47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0563c1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="954f72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204" pitchFamily="0" charset="1"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
-[...45 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="0" charset="1"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
-[...45 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme>
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
-                <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
-                <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
-                <a:satMod val="109000"/>
                 <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
+          <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
-                <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
+          <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...1 lines deleted...]
-          </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...1 lines deleted...]
-          </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...1 lines deleted...]
-          </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
-          <a:effectLst>
-[...5 lines deleted...]
-          </a:effectLst>
+          <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr">
             <a:tint val="95000"/>
-            <a:satMod val="170000"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="93000"/>
-                <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
-                <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
-                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
+          <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
-[...5 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Marjeta.Trsinar@ijs.si" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ula.groznik@ijs.si" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maja.orehek@ijs.si" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mojca.kregar@ijs.si" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sanja.fidler@ijs.si" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jolanda.jakofcic@ijs.si" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:masa.kavcic@ijs.si" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:barbara.paternoster@ijs.si" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tanja.klopcic@ijs.si" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:petra.movh@ijs.si" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:natasa.kutnjak@ijs.si" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sabina.cintauer@ijs.si" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karolina.trentelj@ijs.si" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Helena.Kastelic@ijs.si" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Polona.Anzur@ijs.si" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miha.cekada@ijs.si" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vesna.butinar@ijs.si" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jasna.franko@ijs.si" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Nika.Simcic@ijs.si" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:urska.kisovec@ijs.si" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daska.mohar@ijs.si" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sasa.skof@ijs.si" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tjasa.lazic@ijs.si" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:katja.adamic@ijs.si" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vanja.usenik@ijs.si" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:polona.skraba@ijs.si" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:f1tajnistvo@ijs.si" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:urska.kisovec@ijs.si" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tamara.matevc@ijs.si" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tine.oblak@ijs.si" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tina.vrabec@ijs.si" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tajnistvoe9@ijs.si" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Helena.Kastelic@ijs.si" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maja.orehek@ijs.si" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:petra.movh@ijs.si" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jasna.franko@ijs.si" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:polona.skraba@ijs.si" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mojca.kregar@ijs.si" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Nika.Simcic@ijs.si" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Polona.Anzur@ijs.si" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jolanda.jakofcic@ijs.si" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tajnistvoe9@ijs.si" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:f1tajnistvo@ijs.si" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tjasa.lazic@ijs.si" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miha.cekada@ijs.si" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Marjeta.Trsinar@ijs.si" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:masa.kavcic@ijs.si" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:urska.kisovec@ijs.si" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:urska.kisovec@ijs.si" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:natasa.kutnjak@ijs.si" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:barbara.paternoster@ijs.si" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ula.groznik@ijs.si" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sasa.skof@ijs.si" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:katja.adamic@ijs.si" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tine.oblak@ijs.si" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sabina.cintauer@ijs.si" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sanja.fidler@ijs.si" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tamara.matevc@ijs.si" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daska.mohar@ijs.si" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vesna.butinar@ijs.si" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karolina.trentelj@ijs.si" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vanja.usenik@ijs.si" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tina.vrabec@ijs.si" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tanja.klopcic@ijs.si" TargetMode="External"/>
+</Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jadranka.Petrovcic@ijs.si" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ajla.Sadikovic@ijs.si" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emira.cajic@ijs.si" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tina.Kadunc@ijs.si" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:uros.novak@ijs.si" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Milena.Groselj@ijs.si" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Marko.Beketic@ijs.si" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Nina.Sadikovic@ijs.si" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joze.kasman@ijs.si" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:spi@ijs.si" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ijs.si/ijsw/Slu&#382;ba%20za%20poslovno%20informatiko%20U5" TargetMode="External"/>
+</Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EE0596B0-F588-4896-A579-C2E8E66040FE}">
-[...1 lines deleted...]
-    <tabColor theme="9"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+  <sheetPr filterMode="false">
+    <tabColor rgb="FF70AD47"/>
+    <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A3:L49"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A10" workbookViewId="0">
-      <selection activeCell="C24" sqref="C24"/>
+    <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeros="true" rightToLeft="false" tabSelected="true" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A37" colorId="64" zoomScale="160" zoomScaleNormal="160" zoomScalePageLayoutView="100" workbookViewId="0">
+      <selection pane="topLeft" activeCell="D46" activeCellId="0" sqref="D46"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.9140625" defaultRowHeight="14.25" customHeight="false" zeroHeight="false" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="8.90625" style="28"/>
-[...7 lines deleted...]
-    <col min="12" max="16384" width="8.90625" style="28"/>
+    <col collapsed="false" customWidth="false" hidden="false" outlineLevel="0" max="1" min="1" style="1" width="8.91"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="2" min="2" style="1" width="36"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="3" min="3" style="1" width="30.63"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="4" min="4" style="1" width="17.36"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="5" min="5" style="1" width="24.36"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="6" min="6" style="1" width="37.63"/>
+    <col collapsed="false" customWidth="false" hidden="false" outlineLevel="0" max="10" min="7" style="1" width="8.91"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="11" min="11" style="1" width="22.91"/>
+    <col collapsed="false" customWidth="false" hidden="false" outlineLevel="0" max="16384" min="12" style="1" width="8.91"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:12" ht="49.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A3" s="71" t="s">
+    <row r="3" customFormat="false" ht="49.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A3" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B3" s="2"/>
+      <c r="C3" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="D3" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="G3" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="H3" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="I3" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="J3" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="K3" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="B3" s="71"/>
-[...12 lines deleted...]
-      <c r="G3" s="37" t="s">
+    </row>
+    <row r="4" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A4" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="H3" s="37" t="s">
+      <c r="B4" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="I3" s="37" t="s">
+      <c r="C4" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="J3" s="38" t="s">
+      <c r="D4" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="K3" s="38" t="s">
+      <c r="E4" s="9" t="s">
         <v>14</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F4" s="54" t="s">
+      <c r="F4" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="H4" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="I4" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="J4" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K4" s="11"/>
+    </row>
+    <row r="5" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A5" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="C5" s="8"/>
+      <c r="D5" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" s="9"/>
+      <c r="F5" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" s="11"/>
+      <c r="H5" s="11"/>
+      <c r="I5" s="11"/>
+      <c r="J5" s="11"/>
+      <c r="K5" s="11"/>
+    </row>
+    <row r="6" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A6" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="H6" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="I6" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="J6" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K6" s="11"/>
+    </row>
+    <row r="7" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A7" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="C7" s="8"/>
+      <c r="D7" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" s="9"/>
+      <c r="F7" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" s="11"/>
+      <c r="H7" s="11"/>
+      <c r="I7" s="11"/>
+      <c r="J7" s="11"/>
+      <c r="K7" s="11"/>
+    </row>
+    <row r="8" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A8" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="B8" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C8" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="E8" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="F8" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G8" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="H8" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="I8" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="J8" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K8" s="11"/>
+    </row>
+    <row r="9" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A9" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="C9" s="8"/>
+      <c r="D9" s="8"/>
+      <c r="E9" s="14"/>
+      <c r="F9" s="10"/>
+      <c r="G9" s="11"/>
+      <c r="H9" s="11"/>
+      <c r="I9" s="11"/>
+      <c r="J9" s="11"/>
+      <c r="K9" s="11"/>
+    </row>
+    <row r="10" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A10" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B10" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="C10" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D10" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="E10" s="16" t="s">
+        <v>31</v>
+      </c>
+      <c r="F10" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="G10" s="17"/>
+      <c r="H10" s="17"/>
+      <c r="I10" s="17"/>
+      <c r="J10" s="17"/>
+      <c r="K10" s="17"/>
+      <c r="L10" s="18"/>
+    </row>
+    <row r="11" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A11" s="6"/>
+      <c r="B11" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C11" s="20" t="s">
+        <v>34</v>
+      </c>
+      <c r="D11" s="20" t="s">
+        <v>35</v>
+      </c>
+      <c r="E11" s="21" t="s">
+        <v>36</v>
+      </c>
+      <c r="F11" s="10"/>
+      <c r="G11" s="22" t="s">
+        <v>16</v>
+      </c>
+      <c r="H11" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="I11" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="J11" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="K11" s="22"/>
+    </row>
+    <row r="12" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A12" s="6"/>
+      <c r="B12" s="13" t="s">
         <v>38</v>
       </c>
-      <c r="G4" s="50" t="s">
-[...101 lines deleted...]
-      <c r="E8" s="66" t="s">
+      <c r="C12" s="23" t="s">
+        <v>39</v>
+      </c>
+      <c r="D12" s="23" t="s">
+        <v>40</v>
+      </c>
+      <c r="E12" s="24" t="s">
+        <v>41</v>
+      </c>
+      <c r="F12" s="10"/>
+      <c r="G12" s="25" t="s">
+        <v>26</v>
+      </c>
+      <c r="H12" s="25" t="s">
+        <v>16</v>
+      </c>
+      <c r="I12" s="25" t="s">
+        <v>16</v>
+      </c>
+      <c r="J12" s="25" t="s">
+        <v>16</v>
+      </c>
+      <c r="K12" s="25"/>
+    </row>
+    <row r="13" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A13" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="B13" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C13" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D13" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E13" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="F13" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="G13" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="H13" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="I13" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="J13" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="K13" s="11"/>
+    </row>
+    <row r="14" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A14" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="B14" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="F8" s="54" t="s">
-[...49 lines deleted...]
-      <c r="F10" s="54" t="s">
+      <c r="C14" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D14" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E14" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="F14" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="G14" s="11"/>
+      <c r="H14" s="11"/>
+      <c r="I14" s="11"/>
+      <c r="J14" s="11"/>
+      <c r="K14" s="11"/>
+    </row>
+    <row r="15" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A15" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B15" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C15" s="15" t="s">
+        <v>48</v>
+      </c>
+      <c r="D15" s="15" t="s">
+        <v>49</v>
+      </c>
+      <c r="E15" s="16" t="s">
+        <v>50</v>
+      </c>
+      <c r="F15" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="G15" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="H15" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="I15" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="J15" s="11" t="s">
         <v>37</v>
       </c>
-      <c r="G10" s="43"/>
-[...8 lines deleted...]
-      <c r="B11" s="29" t="s">
+      <c r="K15" s="11"/>
+    </row>
+    <row r="16" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A16" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B16" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="C16" s="23" t="s">
+        <v>52</v>
+      </c>
+      <c r="D16" s="23" t="s">
+        <v>53</v>
+      </c>
+      <c r="E16" s="24" t="s">
+        <v>54</v>
+      </c>
+      <c r="F16" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="G16" s="11"/>
+      <c r="H16" s="11"/>
+      <c r="I16" s="11"/>
+      <c r="J16" s="11"/>
+      <c r="K16" s="11"/>
+    </row>
+    <row r="17" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A17" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B17" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C17" s="15" t="s">
+        <v>57</v>
+      </c>
+      <c r="D17" s="15" t="s">
+        <v>58</v>
+      </c>
+      <c r="E17" s="16" t="s">
+        <v>59</v>
+      </c>
+      <c r="F17" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="G17" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="H17" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="I17" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="J17" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="K17" s="11" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="18" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A18" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B18" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="C18" s="23"/>
+      <c r="D18" s="23"/>
+      <c r="E18" s="24"/>
+      <c r="F18" s="10"/>
+      <c r="G18" s="11"/>
+      <c r="H18" s="11"/>
+      <c r="I18" s="11"/>
+      <c r="J18" s="11"/>
+      <c r="K18" s="11"/>
+    </row>
+    <row r="19" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A19" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="B19" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C19" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="D19" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="E19" s="16" t="s">
+        <v>65</v>
+      </c>
+      <c r="F19" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="G19" s="11" t="s">
         <v>26</v>
       </c>
-      <c r="C11" s="14" t="s">
-[...5 lines deleted...]
-      <c r="E11" s="32" t="s">
+      <c r="H19" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="I19" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="J19" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="K19" s="11"/>
+    </row>
+    <row r="20" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A20" s="6"/>
+      <c r="B20" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="C20" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="D20" s="10"/>
+      <c r="E20" s="24" t="s">
+        <v>68</v>
+      </c>
+      <c r="F20" s="10"/>
+      <c r="G20" s="11"/>
+      <c r="H20" s="11"/>
+      <c r="I20" s="11"/>
+      <c r="J20" s="11"/>
+      <c r="K20" s="11"/>
+    </row>
+    <row r="21" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A21" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="B21" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C21" s="10" t="s">
+        <v>70</v>
+      </c>
+      <c r="D21" s="10" t="s">
+        <v>71</v>
+      </c>
+      <c r="E21" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="F21" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="G21" s="11" t="s">
+        <v>73</v>
+      </c>
+      <c r="H21" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="I21" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="J21" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="K21" s="11"/>
+    </row>
+    <row r="22" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A22" s="6"/>
+      <c r="B22" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="C22" s="10"/>
+      <c r="D22" s="10"/>
+      <c r="E22" s="9"/>
+      <c r="F22" s="10"/>
+      <c r="G22" s="11"/>
+      <c r="H22" s="11"/>
+      <c r="I22" s="11"/>
+      <c r="J22" s="11"/>
+      <c r="K22" s="11"/>
+    </row>
+    <row r="23" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A23" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="B23" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C23" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="D23" s="15" t="s">
+        <v>76</v>
+      </c>
+      <c r="E23" s="16" t="s">
+        <v>77</v>
+      </c>
+      <c r="F23" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="G23" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="H23" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="I23" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="J23" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="K23" s="11"/>
+    </row>
+    <row r="24" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A24" s="6"/>
+      <c r="B24" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="C24" s="23" t="s">
+        <v>79</v>
+      </c>
+      <c r="D24" s="23" t="s">
+        <v>80</v>
+      </c>
+      <c r="E24" s="24" t="s">
+        <v>81</v>
+      </c>
+      <c r="F24" s="10" t="s">
+        <v>82</v>
+      </c>
+      <c r="G24" s="11"/>
+      <c r="H24" s="11"/>
+      <c r="I24" s="11"/>
+      <c r="J24" s="11"/>
+      <c r="K24" s="11"/>
+    </row>
+    <row r="25" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A25" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="B25" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C25" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="D25" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="E25" s="9" t="s">
+        <v>86</v>
+      </c>
+      <c r="F25" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="G25" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="H25" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="I25" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="J25" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="K25" s="11"/>
+    </row>
+    <row r="26" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A26" s="6"/>
+      <c r="B26" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="C26" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="D26" s="10" t="n">
+        <v>3829</v>
+      </c>
+      <c r="E26" s="9" t="s">
+        <v>86</v>
+      </c>
+      <c r="F26" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="G26" s="11"/>
+      <c r="H26" s="11"/>
+      <c r="I26" s="11"/>
+      <c r="J26" s="11"/>
+      <c r="K26" s="11"/>
+    </row>
+    <row r="27" s="12" customFormat="true" ht="39" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A27" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="B27" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C27" s="26" t="s">
+        <v>90</v>
+      </c>
+      <c r="D27" s="26" t="s">
+        <v>91</v>
+      </c>
+      <c r="E27" s="27" t="s">
+        <v>92</v>
+      </c>
+      <c r="F27" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="F11" s="63"/>
-[...117 lines deleted...]
-      <c r="F15" s="54" t="s">
+      <c r="G27" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="H27" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="I27" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="J27" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K27" s="11"/>
+    </row>
+    <row r="28" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A28" s="6"/>
+      <c r="B28" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="C28" s="23" t="s">
+        <v>93</v>
+      </c>
+      <c r="D28" s="23" t="s">
+        <v>94</v>
+      </c>
+      <c r="E28" s="24" t="s">
         <v>95</v>
       </c>
-      <c r="G15" s="50" t="s">
-[...365 lines deleted...]
-      <c r="C29" s="54" t="s">
+      <c r="F28" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="G28" s="11"/>
+      <c r="H28" s="11"/>
+      <c r="I28" s="11"/>
+      <c r="J28" s="11"/>
+      <c r="K28" s="11"/>
+    </row>
+    <row r="29" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A29" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="B29" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C29" s="10" t="s">
+        <v>98</v>
+      </c>
+      <c r="D29" s="10" t="s">
+        <v>99</v>
+      </c>
+      <c r="E29" s="9" t="s">
+        <v>100</v>
+      </c>
+      <c r="F29" s="10" t="s">
+        <v>101</v>
+      </c>
+      <c r="G29" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="H29" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="I29" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="J29" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="K29" s="11"/>
+    </row>
+    <row r="30" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A30" s="6"/>
+      <c r="B30" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="C30" s="10" t="s">
+        <v>98</v>
+      </c>
+      <c r="D30" s="10" t="n">
+        <v>31360407</v>
+      </c>
+      <c r="E30" s="9" t="s">
+        <v>100</v>
+      </c>
+      <c r="F30" s="10" t="s">
+        <v>102</v>
+      </c>
+      <c r="G30" s="11"/>
+      <c r="H30" s="11"/>
+      <c r="I30" s="11"/>
+      <c r="J30" s="11"/>
+      <c r="K30" s="11"/>
+    </row>
+    <row r="31" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A31" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="B31" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C31" s="15" t="s">
+        <v>104</v>
+      </c>
+      <c r="D31" s="15" t="s">
+        <v>105</v>
+      </c>
+      <c r="E31" s="16" t="s">
+        <v>106</v>
+      </c>
+      <c r="F31" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="G31" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="H31" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="I31" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="J31" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K31" s="11"/>
+    </row>
+    <row r="32" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A32" s="6"/>
+      <c r="B32" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="C32" s="23" t="s">
+        <v>108</v>
+      </c>
+      <c r="D32" s="23" t="s">
+        <v>109</v>
+      </c>
+      <c r="E32" s="24" t="s">
+        <v>110</v>
+      </c>
+      <c r="F32" s="10" t="s">
         <v>82</v>
       </c>
-      <c r="D29" s="54" t="s">
-[...252 lines deleted...]
-      <c r="A39" s="52" t="s">
+      <c r="G32" s="11"/>
+      <c r="H32" s="11"/>
+      <c r="I32" s="11"/>
+      <c r="J32" s="11"/>
+      <c r="K32" s="11"/>
+    </row>
+    <row r="33" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A33" s="6" t="s">
         <v>111</v>
       </c>
-      <c r="B39" s="39" t="s">
-[...50 lines deleted...]
-      <c r="A41" s="52" t="s">
+      <c r="B33" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C33" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="D33" s="15" t="s">
+        <v>113</v>
+      </c>
+      <c r="E33" s="16" t="s">
+        <v>114</v>
+      </c>
+      <c r="F33" s="10" t="s">
         <v>115</v>
       </c>
-      <c r="B41" s="39" t="s">
-[...44 lines deleted...]
-      <c r="A43" s="52" t="s">
+      <c r="G33" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="H33" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="I33" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="J33" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="K33" s="11"/>
+    </row>
+    <row r="34" s="12" customFormat="true" ht="21" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A34" s="6"/>
+      <c r="B34" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="C34" s="23" t="s">
+        <v>116</v>
+      </c>
+      <c r="D34" s="23" t="s">
+        <v>117</v>
+      </c>
+      <c r="E34" s="24" t="s">
+        <v>118</v>
+      </c>
+      <c r="F34" s="10"/>
+      <c r="G34" s="11"/>
+      <c r="H34" s="11"/>
+      <c r="I34" s="11"/>
+      <c r="J34" s="11"/>
+      <c r="K34" s="11"/>
+    </row>
+    <row r="35" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A35" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="B35" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C35" s="10" t="s">
+        <v>120</v>
+      </c>
+      <c r="D35" s="10" t="s">
+        <v>121</v>
+      </c>
+      <c r="E35" s="9" t="s">
+        <v>122</v>
+      </c>
+      <c r="F35" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G35" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="H35" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="I35" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="J35" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K35" s="11"/>
+    </row>
+    <row r="36" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A36" s="6"/>
+      <c r="B36" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="C36" s="10"/>
+      <c r="D36" s="10"/>
+      <c r="E36" s="9"/>
+      <c r="F36" s="10"/>
+      <c r="G36" s="11"/>
+      <c r="H36" s="11"/>
+      <c r="I36" s="11"/>
+      <c r="J36" s="11"/>
+      <c r="K36" s="11"/>
+    </row>
+    <row r="37" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A37" s="6" t="s">
         <v>123</v>
       </c>
-      <c r="B43" s="39" t="s">
-[...131 lines deleted...]
-      <c r="A48" s="52" t="s">
+      <c r="B37" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C37" s="10" t="s">
+        <v>124</v>
+      </c>
+      <c r="D37" s="10" t="s">
+        <v>125</v>
+      </c>
+      <c r="E37" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="F37" s="10" t="s">
         <v>127</v>
       </c>
-      <c r="B48" s="39" t="s">
-[...41 lines deleted...]
-      <c r="K49" s="51"/>
+      <c r="G37" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="H37" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="I37" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="J37" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K37" s="11"/>
+    </row>
+    <row r="38" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A38" s="6"/>
+      <c r="B38" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="C38" s="10"/>
+      <c r="D38" s="10"/>
+      <c r="E38" s="9"/>
+      <c r="F38" s="10"/>
+      <c r="G38" s="11"/>
+      <c r="H38" s="11"/>
+      <c r="I38" s="11"/>
+      <c r="J38" s="11"/>
+      <c r="K38" s="11"/>
+    </row>
+    <row r="39" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A39" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="B39" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C39" s="15" t="s">
+        <v>129</v>
+      </c>
+      <c r="D39" s="15" t="s">
+        <v>130</v>
+      </c>
+      <c r="E39" s="16" t="s">
+        <v>131</v>
+      </c>
+      <c r="F39" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G39" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="H39" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="I39" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="J39" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="K39" s="11"/>
+    </row>
+    <row r="40" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A40" s="6"/>
+      <c r="B40" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="C40" s="23" t="s">
+        <v>132</v>
+      </c>
+      <c r="D40" s="23" t="s">
+        <v>133</v>
+      </c>
+      <c r="E40" s="24" t="s">
+        <v>134</v>
+      </c>
+      <c r="F40" s="10"/>
+      <c r="G40" s="11"/>
+      <c r="H40" s="11"/>
+      <c r="I40" s="11"/>
+      <c r="J40" s="11"/>
+      <c r="K40" s="11"/>
+    </row>
+    <row r="41" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A41" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="B41" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C41" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="D41" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="E41" s="9" t="s">
+        <v>138</v>
+      </c>
+      <c r="F41" s="10" t="s">
+        <v>139</v>
+      </c>
+      <c r="G41" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="H41" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="I41" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="J41" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="K41" s="11"/>
+    </row>
+    <row r="42" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A42" s="6"/>
+      <c r="B42" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="C42" s="10"/>
+      <c r="D42" s="10"/>
+      <c r="E42" s="9"/>
+      <c r="F42" s="10"/>
+      <c r="G42" s="11"/>
+      <c r="H42" s="11"/>
+      <c r="I42" s="11"/>
+      <c r="J42" s="11"/>
+      <c r="K42" s="11"/>
+    </row>
+    <row r="43" s="12" customFormat="true" ht="33" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A43" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="B43" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C43" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="D43" s="26" t="s">
+        <v>142</v>
+      </c>
+      <c r="E43" s="27" t="s">
+        <v>143</v>
+      </c>
+      <c r="F43" s="10" t="s">
+        <v>144</v>
+      </c>
+      <c r="G43" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="H43" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="I43" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="J43" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="K43" s="11" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="44" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A44" s="6"/>
+      <c r="B44" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="C44" s="23" t="s">
+        <v>146</v>
+      </c>
+      <c r="D44" s="23" t="s">
+        <v>147</v>
+      </c>
+      <c r="E44" s="24" t="s">
+        <v>148</v>
+      </c>
+      <c r="F44" s="10"/>
+      <c r="G44" s="11"/>
+      <c r="H44" s="11"/>
+      <c r="I44" s="11"/>
+      <c r="J44" s="11"/>
+      <c r="K44" s="11"/>
+    </row>
+    <row r="45" s="30" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A45" s="28" t="s">
+        <v>149</v>
+      </c>
+      <c r="B45" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C45" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="D45" s="15" t="s">
+        <v>151</v>
+      </c>
+      <c r="E45" s="16" t="s">
+        <v>152</v>
+      </c>
+      <c r="F45" s="15" t="s">
+        <v>153</v>
+      </c>
+      <c r="G45" s="29" t="s">
+        <v>26</v>
+      </c>
+      <c r="H45" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="I45" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="J45" s="29" t="s">
+        <v>37</v>
+      </c>
+      <c r="K45" s="29"/>
+    </row>
+    <row r="46" s="30" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A46" s="28"/>
+      <c r="B46" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="C46" s="20" t="s">
+        <v>154</v>
+      </c>
+      <c r="D46" s="20" t="s">
+        <v>155</v>
+      </c>
+      <c r="E46" s="21" t="s">
+        <v>156</v>
+      </c>
+      <c r="F46" s="20" t="s">
+        <v>157</v>
+      </c>
+      <c r="G46" s="29"/>
+      <c r="H46" s="29"/>
+      <c r="I46" s="29"/>
+      <c r="J46" s="29"/>
+      <c r="K46" s="29"/>
+    </row>
+    <row r="47" s="30" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A47" s="28"/>
+      <c r="B47" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="C47" s="23" t="s">
+        <v>158</v>
+      </c>
+      <c r="D47" s="23" t="s">
+        <v>159</v>
+      </c>
+      <c r="E47" s="24" t="s">
+        <v>160</v>
+      </c>
+      <c r="F47" s="23" t="s">
+        <v>161</v>
+      </c>
+      <c r="G47" s="29"/>
+      <c r="H47" s="29"/>
+      <c r="I47" s="29"/>
+      <c r="J47" s="29"/>
+      <c r="K47" s="29"/>
+    </row>
+    <row r="48" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A48" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="B48" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C48" s="10" t="s">
+        <v>163</v>
+      </c>
+      <c r="D48" s="10" t="s">
+        <v>164</v>
+      </c>
+      <c r="E48" s="9" t="s">
+        <v>165</v>
+      </c>
+      <c r="F48" s="10" t="s">
+        <v>139</v>
+      </c>
+      <c r="G48" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="H48" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="I48" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="J48" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="K48" s="11"/>
+    </row>
+    <row r="49" s="12" customFormat="true" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A49" s="6"/>
+      <c r="B49" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="C49" s="10"/>
+      <c r="D49" s="10"/>
+      <c r="E49" s="9"/>
+      <c r="F49" s="10"/>
+      <c r="G49" s="11"/>
+      <c r="H49" s="11"/>
+      <c r="I49" s="11"/>
+      <c r="J49" s="11"/>
+      <c r="K49" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="183">
-    <mergeCell ref="K48:K49"/>
-[...84 lines deleted...]
-    <mergeCell ref="A8:A9"/>
+    <mergeCell ref="A3:B3"/>
     <mergeCell ref="A4:A5"/>
-    <mergeCell ref="A23:A24"/>
-[...6 lines deleted...]
-    <mergeCell ref="D21:D22"/>
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="E4:E5"/>
-    <mergeCell ref="C13:C14"/>
-[...8 lines deleted...]
-    <mergeCell ref="A3:B3"/>
+    <mergeCell ref="F4:F5"/>
     <mergeCell ref="G4:G5"/>
     <mergeCell ref="H4:H5"/>
     <mergeCell ref="I4:I5"/>
     <mergeCell ref="J4:J5"/>
     <mergeCell ref="K4:K5"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="D6:D7"/>
     <mergeCell ref="E6:E7"/>
     <mergeCell ref="F6:F7"/>
     <mergeCell ref="G6:G7"/>
     <mergeCell ref="H6:H7"/>
     <mergeCell ref="I6:I7"/>
     <mergeCell ref="J6:J7"/>
     <mergeCell ref="K6:K7"/>
-    <mergeCell ref="F4:F5"/>
-    <mergeCell ref="I8:I9"/>
+    <mergeCell ref="A8:A9"/>
+    <mergeCell ref="C8:C9"/>
     <mergeCell ref="D8:D9"/>
     <mergeCell ref="E8:E9"/>
+    <mergeCell ref="F8:F9"/>
+    <mergeCell ref="G8:G9"/>
+    <mergeCell ref="H8:H9"/>
+    <mergeCell ref="I8:I9"/>
+    <mergeCell ref="J8:J9"/>
+    <mergeCell ref="K8:K9"/>
+    <mergeCell ref="A10:A12"/>
+    <mergeCell ref="F10:F12"/>
+    <mergeCell ref="A13:A14"/>
+    <mergeCell ref="C13:C14"/>
+    <mergeCell ref="D13:D14"/>
+    <mergeCell ref="E13:E14"/>
+    <mergeCell ref="F13:F14"/>
+    <mergeCell ref="G13:G14"/>
+    <mergeCell ref="H13:H14"/>
+    <mergeCell ref="I13:I14"/>
+    <mergeCell ref="J13:J14"/>
+    <mergeCell ref="K13:K14"/>
+    <mergeCell ref="A15:A16"/>
+    <mergeCell ref="F15:F16"/>
+    <mergeCell ref="G15:G16"/>
+    <mergeCell ref="H15:H16"/>
+    <mergeCell ref="I15:I16"/>
+    <mergeCell ref="J15:J16"/>
+    <mergeCell ref="K15:K16"/>
+    <mergeCell ref="A17:A18"/>
+    <mergeCell ref="F17:F18"/>
+    <mergeCell ref="G17:G18"/>
+    <mergeCell ref="H17:H18"/>
+    <mergeCell ref="I17:I18"/>
+    <mergeCell ref="J17:J18"/>
+    <mergeCell ref="K17:K18"/>
+    <mergeCell ref="A19:A20"/>
+    <mergeCell ref="D19:D20"/>
+    <mergeCell ref="F19:F20"/>
+    <mergeCell ref="G19:G20"/>
+    <mergeCell ref="H19:H20"/>
+    <mergeCell ref="I19:I20"/>
+    <mergeCell ref="J19:J20"/>
+    <mergeCell ref="K19:K20"/>
+    <mergeCell ref="A21:A22"/>
+    <mergeCell ref="C21:C22"/>
+    <mergeCell ref="D21:D22"/>
+    <mergeCell ref="E21:E22"/>
+    <mergeCell ref="F21:F22"/>
+    <mergeCell ref="G21:G22"/>
+    <mergeCell ref="H21:H22"/>
+    <mergeCell ref="I21:I22"/>
+    <mergeCell ref="J21:J22"/>
+    <mergeCell ref="K21:K22"/>
+    <mergeCell ref="A23:A24"/>
+    <mergeCell ref="F23:F24"/>
+    <mergeCell ref="G23:G24"/>
+    <mergeCell ref="H23:H24"/>
+    <mergeCell ref="I23:I24"/>
+    <mergeCell ref="J23:J24"/>
+    <mergeCell ref="K23:K24"/>
+    <mergeCell ref="A25:A26"/>
+    <mergeCell ref="C25:C26"/>
+    <mergeCell ref="D25:D26"/>
+    <mergeCell ref="E25:E26"/>
+    <mergeCell ref="F25:F26"/>
+    <mergeCell ref="G25:G26"/>
+    <mergeCell ref="H25:H26"/>
+    <mergeCell ref="I25:I26"/>
+    <mergeCell ref="J25:J26"/>
+    <mergeCell ref="K25:K26"/>
+    <mergeCell ref="A27:A28"/>
+    <mergeCell ref="F27:F28"/>
+    <mergeCell ref="G27:G28"/>
+    <mergeCell ref="H27:H28"/>
+    <mergeCell ref="I27:I28"/>
+    <mergeCell ref="J27:J28"/>
+    <mergeCell ref="K27:K28"/>
+    <mergeCell ref="A29:A30"/>
+    <mergeCell ref="C29:C30"/>
+    <mergeCell ref="D29:D30"/>
+    <mergeCell ref="E29:E30"/>
+    <mergeCell ref="F29:F30"/>
+    <mergeCell ref="G29:G30"/>
+    <mergeCell ref="H29:H30"/>
+    <mergeCell ref="I29:I30"/>
+    <mergeCell ref="J29:J30"/>
+    <mergeCell ref="K29:K30"/>
+    <mergeCell ref="A31:A32"/>
+    <mergeCell ref="F31:F32"/>
+    <mergeCell ref="G31:G32"/>
+    <mergeCell ref="H31:H32"/>
+    <mergeCell ref="I31:I32"/>
+    <mergeCell ref="J31:J32"/>
+    <mergeCell ref="K31:K32"/>
+    <mergeCell ref="A33:A34"/>
+    <mergeCell ref="F33:F34"/>
+    <mergeCell ref="G33:G34"/>
+    <mergeCell ref="H33:H34"/>
+    <mergeCell ref="I33:I34"/>
+    <mergeCell ref="J33:J34"/>
+    <mergeCell ref="K33:K34"/>
+    <mergeCell ref="A35:A36"/>
+    <mergeCell ref="C35:C36"/>
+    <mergeCell ref="D35:D36"/>
+    <mergeCell ref="E35:E36"/>
+    <mergeCell ref="F35:F36"/>
+    <mergeCell ref="G35:G36"/>
+    <mergeCell ref="H35:H36"/>
+    <mergeCell ref="I35:I36"/>
+    <mergeCell ref="J35:J36"/>
+    <mergeCell ref="K35:K36"/>
     <mergeCell ref="A37:A38"/>
     <mergeCell ref="C37:C38"/>
     <mergeCell ref="D37:D38"/>
     <mergeCell ref="E37:E38"/>
     <mergeCell ref="F37:F38"/>
     <mergeCell ref="G37:G38"/>
     <mergeCell ref="H37:H38"/>
-    <mergeCell ref="F13:F14"/>
-[...12 lines deleted...]
-    <mergeCell ref="F23:F24"/>
+    <mergeCell ref="I37:I38"/>
+    <mergeCell ref="J37:J38"/>
     <mergeCell ref="K37:K38"/>
+    <mergeCell ref="A39:A40"/>
+    <mergeCell ref="F39:F40"/>
+    <mergeCell ref="G39:G40"/>
+    <mergeCell ref="H39:H40"/>
+    <mergeCell ref="I39:I40"/>
+    <mergeCell ref="J39:J40"/>
+    <mergeCell ref="K39:K40"/>
+    <mergeCell ref="A41:A42"/>
+    <mergeCell ref="C41:C42"/>
+    <mergeCell ref="D41:D42"/>
+    <mergeCell ref="E41:E42"/>
+    <mergeCell ref="F41:F42"/>
+    <mergeCell ref="G41:G42"/>
+    <mergeCell ref="H41:H42"/>
+    <mergeCell ref="I41:I42"/>
+    <mergeCell ref="J41:J42"/>
+    <mergeCell ref="K41:K42"/>
+    <mergeCell ref="A43:A44"/>
+    <mergeCell ref="F43:F44"/>
+    <mergeCell ref="G43:G44"/>
+    <mergeCell ref="H43:H44"/>
+    <mergeCell ref="I43:I44"/>
+    <mergeCell ref="J43:J44"/>
+    <mergeCell ref="K43:K44"/>
     <mergeCell ref="A45:A47"/>
     <mergeCell ref="G45:G47"/>
     <mergeCell ref="H45:H47"/>
     <mergeCell ref="I45:I47"/>
     <mergeCell ref="J45:J47"/>
     <mergeCell ref="K45:K47"/>
-    <mergeCell ref="F10:F12"/>
-[...26 lines deleted...]
-    <mergeCell ref="K23:K24"/>
+    <mergeCell ref="A48:A49"/>
+    <mergeCell ref="C48:C49"/>
+    <mergeCell ref="D48:D49"/>
+    <mergeCell ref="E48:E49"/>
+    <mergeCell ref="F48:F49"/>
+    <mergeCell ref="G48:G49"/>
+    <mergeCell ref="H48:H49"/>
+    <mergeCell ref="I48:I49"/>
+    <mergeCell ref="J48:J49"/>
+    <mergeCell ref="K48:K49"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="E4" r:id="rId1" xr:uid="{A974D0B7-4E2B-4530-82F4-EC4C003719D5}"/>
-[...30 lines deleted...]
-    <hyperlink ref="E10" r:id="rId32" xr:uid="{92F901C1-F641-418E-923A-F98BD959F8EA}"/>
+    <hyperlink ref="E4" r:id="rId1" display="Helena.Kastelic@ijs.si"/>
+    <hyperlink ref="E6" r:id="rId2" display="maja.orehek@ijs.si"/>
+    <hyperlink ref="E8" r:id="rId3" display="petra.movh@ijs.si"/>
+    <hyperlink ref="E10" r:id="rId4" display="jasna.franko@ijs.si"/>
+    <hyperlink ref="E11" r:id="rId5" display="polona.skraba@ijs.si"/>
+    <hyperlink ref="E12" r:id="rId6" display="mojca.kregar@ijs.si"/>
+    <hyperlink ref="E15" r:id="rId7" display="Nika.Simcic@ijs.si"/>
+    <hyperlink ref="E16" r:id="rId8" display="Polona.Anzur@ijs.si"/>
+    <hyperlink ref="E17" r:id="rId9" display="jolanda.jakofcic@ijs.si"/>
+    <hyperlink ref="E21" r:id="rId10" display="tajnistvoe9@ijs.si"/>
+    <hyperlink ref="E23" r:id="rId11" display="f1tajnistvo@ijs.si"/>
+    <hyperlink ref="E24" r:id="rId12" display="tjasa.lazic@ijs.si"/>
+    <hyperlink ref="E25" r:id="rId13" display="miha.cekada@ijs.si"/>
+    <hyperlink ref="E27" r:id="rId14" display="Marjeta.Trsinar@ijs.si, &#10;Vesna.Lopatic@ijs.si "/>
+    <hyperlink ref="E28" r:id="rId15" display="masa.kavcic@ijs.si"/>
+    <hyperlink ref="E29" r:id="rId16" display="urska.kisovec@ijs.si"/>
+    <hyperlink ref="E30" r:id="rId17" display="urska.kisovec@ijs.si"/>
+    <hyperlink ref="E31" r:id="rId18" display="natasa.kutnjak@ijs.si"/>
+    <hyperlink ref="E32" r:id="rId19" display="barbara.paternoster@ijs.si"/>
+    <hyperlink ref="E33" r:id="rId20" display="ula.groznik@ijs.si"/>
+    <hyperlink ref="E34" r:id="rId21" display="sasa.skof@ijs.si"/>
+    <hyperlink ref="E35" r:id="rId22" display="katja.adamic@ijs.si"/>
+    <hyperlink ref="E37" r:id="rId23" display="tine.oblak@ijs.si"/>
+    <hyperlink ref="E39" r:id="rId24" display="sabina.cintauer@ijs.si"/>
+    <hyperlink ref="E40" r:id="rId25" display="sanja.fidler@ijs.si"/>
+    <hyperlink ref="E41" r:id="rId26" display="tamara.matevc@ijs.si, igor.zajc@ijs.si"/>
+    <hyperlink ref="E43" r:id="rId27" display="daska.mohar@ijs.si,&#10; vesna.butinar@ijs.si"/>
+    <hyperlink ref="E44" r:id="rId28" display="vesna.butinar@ijs.si"/>
+    <hyperlink ref="E45" r:id="rId29" display="karolina.trentelj@ijs.si"/>
+    <hyperlink ref="E46" r:id="rId30" display="vanja.usenik@ijs.si"/>
+    <hyperlink ref="E47" r:id="rId31" display="tina.vrabec@ijs.si"/>
+    <hyperlink ref="E48" r:id="rId32" display="tanja.klopcic@ijs.si"/>
   </hyperlinks>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId33"/>
+  <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
+  <pageSetup paperSize="1" scale="100" fitToWidth="1" fitToHeight="1" pageOrder="downThenOver" orientation="portrait" blackAndWhite="false" draft="false" cellComments="none" horizontalDpi="300" verticalDpi="300" copies="1"/>
+  <headerFooter differentFirst="false" differentOddEven="false">
+    <oddHeader/>
+    <oddFooter/>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{031604B2-0075-4B0B-A1C7-ACB57765DA45}">
-[...1 lines deleted...]
-    <tabColor theme="8"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+  <sheetPr filterMode="false">
+    <tabColor rgb="FF5B9BD5"/>
+    <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="B3:J33"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="B27" sqref="B27"/>
+    <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeros="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="160" zoomScaleNormal="160" zoomScalePageLayoutView="100" workbookViewId="0">
+      <selection pane="topLeft" activeCell="B27" activeCellId="0" sqref="B27"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.453125" defaultRowHeight="14.25" customHeight="false" zeroHeight="false" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="2" max="2" width="23.54296875" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="10" max="10" width="21.1796875" customWidth="1"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="2" min="2" style="0" width="23.54"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="3" min="3" style="31" width="23.36"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="4" min="4" style="31" width="19.36"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="5" min="5" style="0" width="15.45"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="6" min="6" style="0" width="16.09"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="7" min="7" style="0" width="19.54"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="8" min="8" style="0" width="21.45"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="9" min="9" style="0" width="22.45"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="10" min="10" style="0" width="21.18"/>
   </cols>
   <sheetData>
-    <row r="3" spans="2:10" x14ac:dyDescent="0.35">
-      <c r="B3" s="22" t="s">
+    <row r="3" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="B3" s="32" t="s">
+        <v>166</v>
+      </c>
+      <c r="C3" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D3" s="33" t="s">
+        <v>168</v>
+      </c>
+      <c r="E3" s="32" t="s">
+        <v>169</v>
+      </c>
+      <c r="F3" s="32" t="s">
+        <v>170</v>
+      </c>
+      <c r="G3" s="33" t="s">
         <v>171</v>
       </c>
-      <c r="C3" s="23" t="s">
-[...25 lines deleted...]
-      <c r="B4" s="22" t="s">
+      <c r="H3" s="33" t="s">
+        <v>172</v>
+      </c>
+      <c r="I3" s="33" t="s">
+        <v>173</v>
+      </c>
+      <c r="J3" s="32" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="4" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="B4" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="34" t="s">
+        <v>175</v>
+      </c>
+      <c r="D4" s="34" t="s">
+        <v>176</v>
+      </c>
+      <c r="E4" s="35" t="s">
+        <v>177</v>
+      </c>
+      <c r="F4" s="35" t="s">
+        <v>178</v>
+      </c>
+      <c r="G4" s="34" t="s">
+        <v>179</v>
+      </c>
+      <c r="H4" s="34" t="s">
+        <v>180</v>
+      </c>
+      <c r="I4" s="34" t="s">
+        <v>181</v>
+      </c>
+      <c r="J4" s="35" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="5" customFormat="false" ht="36.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B5" s="32" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="24" t="s">
-[...37 lines deleted...]
-      <c r="F5" s="23" t="s">
+      <c r="C5" s="36" t="s">
+        <v>183</v>
+      </c>
+      <c r="D5" s="36" t="s">
+        <v>184</v>
+      </c>
+      <c r="E5" s="37" t="s">
+        <v>185</v>
+      </c>
+      <c r="F5" s="36" t="s">
+        <v>186</v>
+      </c>
+      <c r="G5" s="36" t="s">
+        <v>187</v>
+      </c>
+      <c r="H5" s="36" t="s">
+        <v>188</v>
+      </c>
+      <c r="I5" s="36" t="s">
+        <v>189</v>
+      </c>
+      <c r="J5" s="36" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="6" customFormat="false" ht="25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="B6" s="38" t="s">
+        <v>191</v>
+      </c>
+      <c r="C6" s="39" t="s">
+        <v>192</v>
+      </c>
+      <c r="D6" s="39" t="s">
+        <v>192</v>
+      </c>
+      <c r="E6" s="40" t="s">
+        <v>192</v>
+      </c>
+      <c r="F6" s="41"/>
+      <c r="G6" s="42"/>
+      <c r="H6" s="42"/>
+      <c r="I6" s="42"/>
+      <c r="J6" s="41"/>
+    </row>
+    <row r="7" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="B7" s="43" t="s">
+        <v>193</v>
+      </c>
+      <c r="C7" s="44"/>
+      <c r="D7" s="44"/>
+      <c r="E7" s="45"/>
+      <c r="F7" s="45"/>
+      <c r="G7" s="45"/>
+      <c r="H7" s="45"/>
+      <c r="I7" s="45"/>
+      <c r="J7" s="45"/>
+    </row>
+    <row r="8" customFormat="false" ht="14.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="B8" s="46" t="s">
+        <v>194</v>
+      </c>
+      <c r="C8" s="47" t="s">
+        <v>192</v>
+      </c>
+      <c r="D8" s="48"/>
+      <c r="E8" s="46"/>
+      <c r="F8" s="46"/>
+      <c r="G8" s="46"/>
+      <c r="H8" s="46"/>
+      <c r="I8" s="46"/>
+      <c r="J8" s="46"/>
+    </row>
+    <row r="9" customFormat="false" ht="14.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="B9" s="46" t="s">
+        <v>195</v>
+      </c>
+      <c r="C9" s="47" t="s">
+        <v>192</v>
+      </c>
+      <c r="D9" s="48"/>
+      <c r="E9" s="46"/>
+      <c r="F9" s="46"/>
+      <c r="G9" s="46"/>
+      <c r="H9" s="46"/>
+      <c r="I9" s="46"/>
+      <c r="J9" s="46"/>
+    </row>
+    <row r="10" customFormat="false" ht="14.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="B10" s="46" t="s">
+        <v>196</v>
+      </c>
+      <c r="C10" s="47" t="s">
+        <v>192</v>
+      </c>
+      <c r="D10" s="47" t="s">
+        <v>192</v>
+      </c>
+      <c r="E10" s="49" t="s">
+        <v>192</v>
+      </c>
+      <c r="F10" s="46"/>
+      <c r="G10" s="46"/>
+      <c r="H10" s="46"/>
+      <c r="I10" s="46"/>
+      <c r="J10" s="46"/>
+    </row>
+    <row r="11" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="B11" s="46" t="s">
+        <v>197</v>
+      </c>
+      <c r="C11" s="48"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="46"/>
+      <c r="F11" s="49" t="s">
+        <v>192</v>
+      </c>
+      <c r="G11" s="46"/>
+      <c r="H11" s="46"/>
+      <c r="I11" s="46"/>
+      <c r="J11" s="49"/>
+    </row>
+    <row r="12" customFormat="false" ht="31.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B12" s="43" t="s">
+        <v>198</v>
+      </c>
+      <c r="C12" s="44"/>
+      <c r="D12" s="44"/>
+      <c r="E12" s="45"/>
+      <c r="F12" s="45"/>
+      <c r="G12" s="45"/>
+      <c r="H12" s="45"/>
+      <c r="I12" s="45"/>
+      <c r="J12" s="45"/>
+    </row>
+    <row r="13" customFormat="false" ht="94" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="B13" s="48" t="s">
+        <v>199</v>
+      </c>
+      <c r="C13" s="47" t="s">
+        <v>192</v>
+      </c>
+      <c r="D13" s="47" t="s">
+        <v>192</v>
+      </c>
+      <c r="E13" s="49" t="s">
+        <v>192</v>
+      </c>
+      <c r="F13" s="46"/>
+      <c r="G13" s="46"/>
+      <c r="H13" s="46"/>
+      <c r="I13" s="46"/>
+      <c r="J13" s="46"/>
+    </row>
+    <row r="14" customFormat="false" ht="25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="B14" s="50" t="s">
+        <v>200</v>
+      </c>
+      <c r="C14" s="51"/>
+      <c r="D14" s="51"/>
+      <c r="E14" s="52"/>
+      <c r="F14" s="52"/>
+      <c r="G14" s="53" t="s">
+        <v>192</v>
+      </c>
+      <c r="H14" s="53" t="s">
+        <v>192</v>
+      </c>
+      <c r="I14" s="52"/>
+      <c r="J14" s="52"/>
+    </row>
+    <row r="15" customFormat="false" ht="21.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B15" s="46" t="s">
+        <v>201</v>
+      </c>
+      <c r="C15" s="48"/>
+      <c r="D15" s="47" t="s">
+        <v>192</v>
+      </c>
+      <c r="E15" s="49" t="s">
+        <v>192</v>
+      </c>
+      <c r="F15" s="46"/>
+      <c r="G15" s="46"/>
+      <c r="H15" s="46"/>
+      <c r="I15" s="46"/>
+      <c r="J15" s="46"/>
+    </row>
+    <row r="16" customFormat="false" ht="25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="B16" s="48" t="s">
+        <v>202</v>
+      </c>
+      <c r="C16" s="47" t="s">
+        <v>192</v>
+      </c>
+      <c r="D16" s="47"/>
+      <c r="E16" s="49"/>
+      <c r="F16" s="46"/>
+      <c r="G16" s="46"/>
+      <c r="H16" s="46"/>
+      <c r="I16" s="46"/>
+      <c r="J16" s="46"/>
+    </row>
+    <row r="17" customFormat="false" ht="36.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="B17" s="54" t="s">
+        <v>203</v>
+      </c>
+      <c r="C17" s="47" t="s">
+        <v>192</v>
+      </c>
+      <c r="D17" s="47"/>
+      <c r="E17" s="49"/>
+      <c r="F17" s="46"/>
+      <c r="G17" s="46"/>
+      <c r="H17" s="46"/>
+      <c r="I17" s="46"/>
+      <c r="J17" s="46"/>
+    </row>
+    <row r="18" customFormat="false" ht="25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="B18" s="55" t="s">
+        <v>204</v>
+      </c>
+      <c r="C18" s="48"/>
+      <c r="D18" s="48"/>
+      <c r="E18" s="46"/>
+      <c r="F18" s="46"/>
+      <c r="G18" s="49" t="s">
+        <v>192</v>
+      </c>
+      <c r="H18" s="49" t="s">
+        <v>192</v>
+      </c>
+      <c r="I18" s="46"/>
+      <c r="J18" s="46"/>
+    </row>
+    <row r="19" customFormat="false" ht="36.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="B19" s="55" t="s">
+        <v>205</v>
+      </c>
+      <c r="C19" s="48"/>
+      <c r="D19" s="48"/>
+      <c r="E19" s="46"/>
+      <c r="F19" s="46"/>
+      <c r="G19" s="49" t="s">
+        <v>192</v>
+      </c>
+      <c r="H19" s="49" t="s">
+        <v>192</v>
+      </c>
+      <c r="I19" s="46"/>
+      <c r="J19" s="46"/>
+    </row>
+    <row r="20" customFormat="false" ht="36.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="B20" s="38" t="s">
+        <v>206</v>
+      </c>
+      <c r="C20" s="39" t="s">
+        <v>192</v>
+      </c>
+      <c r="D20" s="39" t="s">
+        <v>192</v>
+      </c>
+      <c r="E20" s="40" t="s">
+        <v>192</v>
+      </c>
+      <c r="F20" s="45"/>
+      <c r="G20" s="40" t="s">
+        <v>192</v>
+      </c>
+      <c r="H20" s="45"/>
+      <c r="I20" s="45"/>
+      <c r="J20" s="45"/>
+    </row>
+    <row r="21" customFormat="false" ht="36.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="B21" s="38" t="s">
+        <v>207</v>
+      </c>
+      <c r="C21" s="39" t="s">
+        <v>192</v>
+      </c>
+      <c r="D21" s="44"/>
+      <c r="E21" s="45"/>
+      <c r="F21" s="45"/>
+      <c r="G21" s="45"/>
+      <c r="H21" s="45"/>
+      <c r="I21" s="45"/>
+      <c r="J21" s="45"/>
+    </row>
+    <row r="22" customFormat="false" ht="36.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="B22" s="38" t="s">
+        <v>208</v>
+      </c>
+      <c r="C22" s="39" t="s">
+        <v>192</v>
+      </c>
+      <c r="D22" s="44"/>
+      <c r="E22" s="45"/>
+      <c r="F22" s="45"/>
+      <c r="G22" s="40"/>
+      <c r="H22" s="40"/>
+      <c r="I22" s="45"/>
+      <c r="J22" s="45"/>
+    </row>
+    <row r="23" customFormat="false" ht="36.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="B23" s="38" t="s">
+        <v>209</v>
+      </c>
+      <c r="C23" s="44"/>
+      <c r="D23" s="44"/>
+      <c r="E23" s="45"/>
+      <c r="F23" s="45"/>
+      <c r="G23" s="40" t="s">
+        <v>192</v>
+      </c>
+      <c r="H23" s="40" t="s">
+        <v>192</v>
+      </c>
+      <c r="I23" s="45"/>
+      <c r="J23" s="45"/>
+    </row>
+    <row r="24" customFormat="false" ht="25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="B24" s="38" t="s">
+        <v>210</v>
+      </c>
+      <c r="C24" s="44"/>
+      <c r="D24" s="44"/>
+      <c r="E24" s="45"/>
+      <c r="F24" s="45"/>
+      <c r="G24" s="45"/>
+      <c r="H24" s="45"/>
+      <c r="I24" s="45"/>
+      <c r="J24" s="40" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="25" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B25" s="43" t="s">
+        <v>211</v>
+      </c>
+      <c r="C25" s="44"/>
+      <c r="D25" s="44"/>
+      <c r="E25" s="45"/>
+      <c r="F25" s="45"/>
+      <c r="G25" s="45"/>
+      <c r="H25" s="45"/>
+      <c r="I25" s="40" t="s">
+        <v>192</v>
+      </c>
+      <c r="J25" s="45"/>
+    </row>
+    <row r="29" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="B29" s="32" t="s">
         <v>166</v>
       </c>
-      <c r="G5" s="25" t="s">
-[...348 lines deleted...]
-      <c r="B30" s="22" t="s">
+      <c r="C29" s="33" t="s">
+        <v>212</v>
+      </c>
+      <c r="D29" s="33" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="30" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="B30" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="C30" s="34" t="s">
+        <v>214</v>
+      </c>
+      <c r="D30" s="34" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="31" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="B31" s="32" t="s">
         <v>2</v>
       </c>
-      <c r="C30" s="24" t="s">
-[...32 lines deleted...]
-        <v>139</v>
+      <c r="C31" s="36" t="s">
+        <v>216</v>
+      </c>
+      <c r="D31" s="34" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="32" customFormat="false" ht="25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="B32" s="38" t="s">
+        <v>218</v>
+      </c>
+      <c r="C32" s="40" t="s">
+        <v>192</v>
+      </c>
+      <c r="D32" s="45"/>
+    </row>
+    <row r="33" customFormat="false" ht="25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="B33" s="55" t="s">
+        <v>219</v>
+      </c>
+      <c r="C33" s="46"/>
+      <c r="D33" s="49" t="s">
+        <v>192</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="C4" r:id="rId1" xr:uid="{6FDED6AB-B7F9-4CF1-BF20-02EB222B5D11}"/>
-[...9 lines deleted...]
-    <hyperlink ref="D31" r:id="rId11" xr:uid="{01E6EC66-8B61-416B-BCA2-DE90DC217AA8}"/>
+    <hyperlink ref="C4" r:id="rId1" display="Jadranka.Petrovcic@ijs.si"/>
+    <hyperlink ref="D4" r:id="rId2" display="Ajla.Sadikovic@ijs.si"/>
+    <hyperlink ref="E4" r:id="rId3" display="emira.cajic@ijs.si"/>
+    <hyperlink ref="F4" r:id="rId4" display="Tina.Kadunc@ijs.si"/>
+    <hyperlink ref="G4" r:id="rId5" display="uros.novak@ijs.si"/>
+    <hyperlink ref="H4" r:id="rId6" display="Milena.Groselj@ijs.si"/>
+    <hyperlink ref="I4" r:id="rId7" display="Marko.Beketic@ijs.si"/>
+    <hyperlink ref="J4" r:id="rId8" display="Nina.Sadikovic@ijs.si"/>
+    <hyperlink ref="C30" r:id="rId9" display="joze.kasman@ijs.si"/>
+    <hyperlink ref="D30" r:id="rId10" display="spi@ijs.si"/>
+    <hyperlink ref="D31" r:id="rId11" display="interne stevilke"/>
   </hyperlinks>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
+  <pageSetup paperSize="9" scale="100" fitToWidth="1" fitToHeight="1" pageOrder="downThenOver" orientation="portrait" blackAndWhite="false" draft="false" cellComments="none" horizontalDpi="300" verticalDpi="300" copies="1"/>
+  <headerFooter differentFirst="false" differentOddEven="false">
+    <oddHeader/>
+    <oddFooter/>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FA655D81-6115-4CC9-8587-E9F01397940A}">
-[...1 lines deleted...]
-    <tabColor theme="7"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+  <sheetPr filterMode="false">
+    <tabColor rgb="FFFFC000"/>
+    <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="B1:J20"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="J36" sqref="J36"/>
+    <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeros="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="160" zoomScaleNormal="160" zoomScalePageLayoutView="100" workbookViewId="0">
+      <selection pane="topLeft" activeCell="J36" activeCellId="0" sqref="J36"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.9140625" defaultRowHeight="15" customHeight="false" zeroHeight="false" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="16384" width="8.90625" style="1"/>
+    <col collapsed="false" customWidth="false" hidden="false" outlineLevel="0" max="16384" min="1" style="30" width="8.91"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:10" ht="20" customHeight="1" x14ac:dyDescent="0.35"/>
-[...234 lines deleted...]
-    <row r="20" spans="2:10" ht="20" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="1" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
+    <row r="2" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B2" s="56" t="s">
+        <v>220</v>
+      </c>
+      <c r="C2" s="56"/>
+      <c r="D2" s="56"/>
+      <c r="E2" s="56"/>
+      <c r="F2" s="56"/>
+      <c r="G2" s="56"/>
+      <c r="H2" s="56"/>
+      <c r="I2" s="56"/>
+      <c r="J2" s="56"/>
+    </row>
+    <row r="3" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B3" s="57" t="s">
+        <v>221</v>
+      </c>
+      <c r="C3" s="57"/>
+      <c r="D3" s="57"/>
+      <c r="E3" s="57"/>
+      <c r="F3" s="57"/>
+      <c r="G3" s="57"/>
+      <c r="H3" s="57"/>
+      <c r="I3" s="57"/>
+      <c r="J3" s="57"/>
+    </row>
+    <row r="4" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B4" s="56" t="s">
+        <v>222</v>
+      </c>
+      <c r="C4" s="56"/>
+      <c r="D4" s="56"/>
+      <c r="E4" s="56"/>
+      <c r="F4" s="56"/>
+      <c r="G4" s="56"/>
+      <c r="H4" s="56"/>
+      <c r="I4" s="56"/>
+      <c r="J4" s="56"/>
+    </row>
+    <row r="5" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B5" s="57" t="s">
+        <v>223</v>
+      </c>
+      <c r="C5" s="57"/>
+      <c r="D5" s="57"/>
+      <c r="E5" s="57"/>
+      <c r="F5" s="57"/>
+      <c r="G5" s="57"/>
+      <c r="H5" s="57"/>
+      <c r="I5" s="57"/>
+      <c r="J5" s="57"/>
+    </row>
+    <row r="6" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B6" s="57" t="s">
+        <v>224</v>
+      </c>
+      <c r="C6" s="57"/>
+      <c r="D6" s="57"/>
+      <c r="E6" s="57"/>
+      <c r="F6" s="57"/>
+      <c r="G6" s="57"/>
+      <c r="H6" s="57"/>
+      <c r="I6" s="57"/>
+      <c r="J6" s="57"/>
+    </row>
+    <row r="7" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B7" s="57" t="s">
+        <v>225</v>
+      </c>
+      <c r="C7" s="57"/>
+      <c r="D7" s="57"/>
+      <c r="E7" s="57"/>
+      <c r="F7" s="57"/>
+      <c r="G7" s="57"/>
+      <c r="H7" s="57"/>
+      <c r="I7" s="57"/>
+      <c r="J7" s="57"/>
+    </row>
+    <row r="8" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B8" s="56" t="s">
+        <v>226</v>
+      </c>
+      <c r="C8" s="56"/>
+      <c r="D8" s="56"/>
+      <c r="E8" s="56"/>
+      <c r="F8" s="56"/>
+      <c r="G8" s="56"/>
+      <c r="H8" s="56"/>
+      <c r="I8" s="56"/>
+      <c r="J8" s="56"/>
+    </row>
+    <row r="9" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B9" s="57" t="s">
+        <v>227</v>
+      </c>
+      <c r="C9" s="57"/>
+      <c r="D9" s="57"/>
+      <c r="E9" s="57"/>
+      <c r="F9" s="57"/>
+      <c r="G9" s="57"/>
+      <c r="H9" s="57"/>
+      <c r="I9" s="57"/>
+      <c r="J9" s="57"/>
+    </row>
+    <row r="10" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B10" s="57" t="s">
+        <v>228</v>
+      </c>
+      <c r="C10" s="57"/>
+      <c r="D10" s="57"/>
+      <c r="E10" s="57"/>
+      <c r="F10" s="57"/>
+      <c r="G10" s="57"/>
+      <c r="H10" s="57"/>
+      <c r="I10" s="57"/>
+      <c r="J10" s="57"/>
+    </row>
+    <row r="11" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B11" s="57" t="s">
+        <v>229</v>
+      </c>
+      <c r="C11" s="57"/>
+      <c r="D11" s="57"/>
+      <c r="E11" s="57"/>
+      <c r="F11" s="57"/>
+      <c r="G11" s="57"/>
+      <c r="H11" s="57"/>
+      <c r="I11" s="57"/>
+      <c r="J11" s="57"/>
+    </row>
+    <row r="12" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B12" s="56" t="s">
+        <v>230</v>
+      </c>
+      <c r="C12" s="56"/>
+      <c r="D12" s="56"/>
+      <c r="E12" s="56"/>
+      <c r="F12" s="56"/>
+      <c r="G12" s="56"/>
+      <c r="H12" s="56"/>
+      <c r="I12" s="56"/>
+      <c r="J12" s="56"/>
+    </row>
+    <row r="13" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B13" s="57" t="s">
+        <v>231</v>
+      </c>
+      <c r="C13" s="57"/>
+      <c r="D13" s="57"/>
+      <c r="E13" s="57"/>
+      <c r="F13" s="57"/>
+      <c r="G13" s="57"/>
+      <c r="H13" s="57"/>
+      <c r="I13" s="57"/>
+      <c r="J13" s="57"/>
+    </row>
+    <row r="14" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B14" s="57" t="s">
+        <v>232</v>
+      </c>
+      <c r="C14" s="57"/>
+      <c r="D14" s="57"/>
+      <c r="E14" s="57"/>
+      <c r="F14" s="57"/>
+      <c r="G14" s="57"/>
+      <c r="H14" s="57"/>
+      <c r="I14" s="57"/>
+      <c r="J14" s="57"/>
+    </row>
+    <row r="15" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B15" s="57" t="s">
+        <v>233</v>
+      </c>
+      <c r="C15" s="57"/>
+      <c r="D15" s="57"/>
+      <c r="E15" s="57"/>
+      <c r="F15" s="57"/>
+      <c r="G15" s="57"/>
+      <c r="H15" s="57"/>
+      <c r="I15" s="57"/>
+      <c r="J15" s="57"/>
+    </row>
+    <row r="16" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B16" s="56" t="s">
+        <v>234</v>
+      </c>
+      <c r="C16" s="56"/>
+      <c r="D16" s="56"/>
+      <c r="E16" s="56"/>
+      <c r="F16" s="56"/>
+      <c r="G16" s="56"/>
+      <c r="H16" s="56"/>
+      <c r="I16" s="56"/>
+      <c r="J16" s="56"/>
+    </row>
+    <row r="17" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B17" s="57" t="s">
+        <v>235</v>
+      </c>
+      <c r="C17" s="57"/>
+      <c r="D17" s="57"/>
+      <c r="E17" s="57"/>
+      <c r="F17" s="57"/>
+      <c r="G17" s="57"/>
+      <c r="H17" s="57"/>
+      <c r="I17" s="57"/>
+      <c r="J17" s="57"/>
+    </row>
+    <row r="18" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B18" s="56" t="s">
+        <v>236</v>
+      </c>
+      <c r="C18" s="56"/>
+      <c r="D18" s="56"/>
+      <c r="E18" s="56"/>
+      <c r="F18" s="56"/>
+      <c r="G18" s="56"/>
+      <c r="H18" s="56"/>
+      <c r="I18" s="56"/>
+      <c r="J18" s="56"/>
+    </row>
+    <row r="19" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="B19" s="57" t="s">
+        <v>237</v>
+      </c>
+      <c r="C19" s="57"/>
+      <c r="D19" s="57"/>
+      <c r="E19" s="57"/>
+      <c r="F19" s="57"/>
+      <c r="G19" s="57"/>
+      <c r="H19" s="57"/>
+      <c r="I19" s="57"/>
+      <c r="J19" s="57"/>
+    </row>
+    <row r="20" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false"/>
   </sheetData>
   <mergeCells count="12">
-    <mergeCell ref="B19:J19"/>
     <mergeCell ref="B3:J3"/>
     <mergeCell ref="B5:J5"/>
     <mergeCell ref="B6:J6"/>
     <mergeCell ref="B7:J7"/>
     <mergeCell ref="B9:J9"/>
     <mergeCell ref="B10:J10"/>
     <mergeCell ref="B11:J11"/>
     <mergeCell ref="B13:J13"/>
     <mergeCell ref="B14:J14"/>
     <mergeCell ref="B15:J15"/>
     <mergeCell ref="B17:J17"/>
+    <mergeCell ref="B19:J19"/>
   </mergeCells>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId1"/>
+  <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
+  <pageSetup paperSize="1" scale="100" fitToWidth="1" fitToHeight="1" pageOrder="downThenOver" orientation="portrait" blackAndWhite="false" draft="false" cellComments="none" horizontalDpi="300" verticalDpi="300" copies="1"/>
+  <headerFooter differentFirst="false" differentOddEven="false">
+    <oddHeader/>
+    <oddFooter/>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
-[...22 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+  <Template/>
+  <TotalTime></TotalTime>
+  <Application>LibreOffice/25.8.4.2$Linux_X86_64 LibreOffice_project/580$Build-2</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Barbara Paternoster</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:description/>
+  <dc:language>en-US</dc:language>
+  <cp:lastModifiedBy/>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
+  <dc:subject/>
+  <dc:title/>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+</file>